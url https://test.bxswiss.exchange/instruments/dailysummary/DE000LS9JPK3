--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2bf4915d4f4f97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d4f45d72eb040f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bae936734a64dab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R955ce26d0e4b4e9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd8f69d441a84c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bae936734a64dab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2cfa51434f64478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R955ce26d0e4b4e9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen von Börsenbriefen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>140,280</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,424</x:t>
-[...296 lines deleted...]
-          <x:t>142,889</x:t>
+          <x:t>138,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>