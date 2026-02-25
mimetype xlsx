--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d4f45d72eb040f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7dee3f8d24d4501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R955ce26d0e4b4e9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R804d0fe962424204"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2cfa51434f64478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R955ce26d0e4b4e9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23f2a23a65545b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R804d0fe962424204" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen von Börsenbriefen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>138,720</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,419</x:t>
-[...43 lines deleted...]
-          <x:t>140,420</x:t>
+          <x:t>138,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,363</x:t>
-[...458 lines deleted...]
-          <x:t>138,631</x:t>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>