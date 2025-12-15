--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e6e098354364e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92793404766c4dcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R308194a1ee1643c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R563c2fe3f6294c05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7f1229f77f34fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R308194a1ee1643c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c0dc60910e7478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R563c2fe3f6294c05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALL IN 001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>4,192</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>