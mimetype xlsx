--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92793404766c4dcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14df240f16594713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R563c2fe3f6294c05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R716f4fd8a4ae4868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c0dc60910e7478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R563c2fe3f6294c05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75da12d19d6141ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R716f4fd8a4ae4868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALL IN 001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...431 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,592</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,512</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,567</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>1,507</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>