--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0960d0d5bdce43ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb4360eb7e749d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1453b12c28c24abf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2348d4e149a4056"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R212073b71ce64c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1453b12c28c24abf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c73ae794db14356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2348d4e149a4056" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIJAMEUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>177,239</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>