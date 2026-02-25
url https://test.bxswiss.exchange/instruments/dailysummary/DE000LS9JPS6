--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb4360eb7e749d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c45514649140b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2348d4e149a4056"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff041ad242b4e50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c73ae794db14356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2348d4e149a4056" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6a8b798028049cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff041ad242b4e50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIJAMEUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>