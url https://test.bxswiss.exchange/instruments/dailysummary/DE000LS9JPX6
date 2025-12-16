--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R657c31271a624bfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e90649c9e564dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e724e11ec140a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda94fd3c59441d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10f2ffe00a1d4c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e724e11ec140a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R839620743f0c4ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda94fd3c59441d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalPharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>45,081</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>