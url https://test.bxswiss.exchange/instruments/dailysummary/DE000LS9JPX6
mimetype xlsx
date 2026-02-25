--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e90649c9e564dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re280485c4ce84fbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda94fd3c59441d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f3f16be70c4c85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R839620743f0c4ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda94fd3c59441d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345ee2344a4b4811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f3f16be70c4c85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalPharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>