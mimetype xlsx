--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reca0cd8356e64987" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5431b193a9854bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff61b3242e24426a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc9eab612ef4309"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75d72f012d5f47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff61b3242e24426a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5036a9317684437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc9eab612ef4309" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS3DAX30-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,624</x:t>
-[...387 lines deleted...]
-          <x:t>128,569</x:t>
+          <x:t>126,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>