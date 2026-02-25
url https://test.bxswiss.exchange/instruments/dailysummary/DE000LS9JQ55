--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5431b193a9854bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re897d3c12c3747b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc9eab612ef4309"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfadfa7bfd4d34d8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5036a9317684437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc9eab612ef4309" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6de87287daf14eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfadfa7bfd4d34d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS3DAX30-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>124,498</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,572</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>28.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,711</x:t>
-[...70 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>124,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,746</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>126,104</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>