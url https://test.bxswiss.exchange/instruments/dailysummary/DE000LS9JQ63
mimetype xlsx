--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R935c7dad4ae446f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd4d50663c44974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a9b322d3d5d49a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb43cfdb76a394cd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5703a58f2a904db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a9b322d3d5d49a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f7fccf8b0d948dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb43cfdb76a394cd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>687,195</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>