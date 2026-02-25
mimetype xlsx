--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd4d50663c44974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0ac2f7552348fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb43cfdb76a394cd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf701c84a615b47ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f7fccf8b0d948dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb43cfdb76a394cd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ef8a359751b4555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf701c84a615b47ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>695,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>705,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>694,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>704,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>