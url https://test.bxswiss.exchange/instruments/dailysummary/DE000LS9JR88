--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b7f31293ec24b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6036ba5ab15d4adc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd761a8d62d41a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57016277316046ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7a3131fe9249ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd761a8d62d41a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R645e9cd0bba744ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57016277316046ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber- Aktien von Silberminen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>93,210</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>