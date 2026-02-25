--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6036ba5ab15d4adc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e1edf8bc9db4636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57016277316046ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2da14c8b42464d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R645e9cd0bba744ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57016277316046ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f52eaeba9db483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2da14c8b42464d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber- Aktien von Silberminen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>