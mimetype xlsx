--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3c167e7d3f340ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5f6191e934d4365" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7706fd40ee144b1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037c91a567104518"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d41da2b49f45ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7706fd40ee144b1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e7ad8106b764a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037c91a567104518" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SdW 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>97,862</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,250</x:t>
-[...188 lines deleted...]
-          <x:t>96,089</x:t>
+          <x:t>94,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>