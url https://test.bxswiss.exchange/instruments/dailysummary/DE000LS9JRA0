--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5f6191e934d4365" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48218b0b5a7144e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037c91a567104518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfec9696669c04516"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e7ad8106b764a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037c91a567104518" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re905194e760442a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfec9696669c04516" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SdW 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>