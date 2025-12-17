--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R206e197fbfa048a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf11aca15cf04e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98c16e956d145e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b511caf43fd491f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42abf677b3bf4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98c16e956d145e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2786b583c510453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b511caf43fd491f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLF Qualitätsinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>173,487</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>