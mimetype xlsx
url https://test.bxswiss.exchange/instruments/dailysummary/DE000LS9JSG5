--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21713cc78c024707" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49360ff804e34ffd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63c6f144448c4e57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R000b4b53e39944cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87656f3780b94d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63c6f144448c4e57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R092b7fa0a4fb4732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R000b4b53e39944cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Trend Tracking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>493,570</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>