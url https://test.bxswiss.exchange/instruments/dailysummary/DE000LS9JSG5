--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49360ff804e34ffd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89335cb7a41d4ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R000b4b53e39944cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b809d2205f4f30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R092b7fa0a4fb4732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R000b4b53e39944cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ad7c5a12a1e4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b809d2205f4f30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Trend Tracking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>705,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>705,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>703,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>704,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>