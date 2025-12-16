--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17fed87b76ff4126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfb4bebcfb76470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ac309d59086475b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe0fb71160d441ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9f208499b8422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ac309d59086475b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e2e87f22976416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe0fb71160d441ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>anticyclical-long-term-flexible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...200 lines deleted...]
-          <x:t>258,117</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>256,481</x:t>
-[...242 lines deleted...]
-          <x:t>254,373</x:t>
+          <x:t>258,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>