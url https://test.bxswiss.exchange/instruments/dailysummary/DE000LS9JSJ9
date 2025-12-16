--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63143aeab514d08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d28976d80e64e34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf773d18483574619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46e5a47c7c584cda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb896dc9a1ab74a53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf773d18483574619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c19eec88b604475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46e5a47c7c584cda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daten - das Öl des 21. Jhd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>263,308</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>262,294</x:t>
-[...431 lines deleted...]
-          <x:t>258,609</x:t>
+          <x:t>256,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>