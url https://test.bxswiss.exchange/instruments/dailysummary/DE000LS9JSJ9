--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d28976d80e64e34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf7a7ba8b8944ab4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46e5a47c7c584cda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e4767d2c09409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c19eec88b604475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46e5a47c7c584cda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d2c19b4542d468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e4767d2c09409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daten - das Öl des 21. Jhd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>271,070</x:t>
-[...225 lines deleted...]
-          <x:t>265,975</x:t>
+          <x:t>271,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>