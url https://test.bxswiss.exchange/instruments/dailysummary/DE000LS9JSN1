--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R744686446c894756" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9fa5c9ba2774054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1454694a2e48eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c9edce53994176"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62a1912c1d6d4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1454694a2e48eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R429cf73e8f884c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c9edce53994176" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-USA Trend und Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>144,260</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>