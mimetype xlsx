--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9fa5c9ba2774054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d2df9804c843eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c9edce53994176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc530d2b63e24f01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R429cf73e8f884c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c9edce53994176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce40403bb1094712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc530d2b63e24f01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-USA Trend und Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,310</x:t>
-[...90 lines deleted...]
-          <x:t>128,308</x:t>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>