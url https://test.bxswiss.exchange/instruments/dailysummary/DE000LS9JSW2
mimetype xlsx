--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra35be208007f443d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf8282609f784525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4edad73264ea47dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c3e448558a4e42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2188faa29da0429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4edad73264ea47dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7688f565d5644305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c3e448558a4e42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSInvest, Mining&amp;Processing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>236,702</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>