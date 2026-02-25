--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf8282609f784525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb93d8db90d424692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c3e448558a4e42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90d638e59ce24955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7688f565d5644305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c3e448558a4e42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2834e9e4d714509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90d638e59ce24955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSInvest, Mining&amp;Processing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>252,792</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>