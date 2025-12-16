--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf560ababab44402d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956d7d1d87bb49b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa95a778a0094041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R925ff6167f2a4ce6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f48add620664b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa95a778a0094041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f3e2f3817ea4414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R925ff6167f2a4ce6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>240,074</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>