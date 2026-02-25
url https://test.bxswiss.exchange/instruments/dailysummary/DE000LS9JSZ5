--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956d7d1d87bb49b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e8ac3386a04af1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R925ff6167f2a4ce6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b40571d2ea46e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f3e2f3817ea4414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R925ff6167f2a4ce6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4106cda54ee043c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b40571d2ea46e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>249,010</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>248,804</x:t>
-[...313 lines deleted...]
-          <x:t>247,927</x:t>
+          <x:t>247,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>247,114</x:t>
-[...53 lines deleted...]
-          <x:t>247,094</x:t>
+          <x:t>245,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>