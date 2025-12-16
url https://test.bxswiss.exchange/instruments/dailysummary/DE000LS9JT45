--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8017cc83247b4712" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66aa5d8f58843b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R835190665c754291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed6e9b4df8046f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61ce0d4f0c5f4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R835190665c754291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a95ab9ca024fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed6e9b4df8046f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Dividenden und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JT45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>879,680</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>