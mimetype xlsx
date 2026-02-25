--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66aa5d8f58843b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b2aafc34e6d4d6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed6e9b4df8046f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc94a91021be14592"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a95ab9ca024fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed6e9b4df8046f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b647107d2144463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc94a91021be14592" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Dividenden und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JT45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>903,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>905,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>901,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>904,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>