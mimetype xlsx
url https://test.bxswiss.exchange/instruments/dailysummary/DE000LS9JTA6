--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a61d25f70e2455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb58fb8133ba49e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R383285c713da4b4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd71558b2dda04165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51d5ef0a603f49e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R383285c713da4b4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c8adddd5143491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd71558b2dda04165" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>318,003</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>315,566</x:t>
-[...80 lines deleted...]
-          <x:t>315,276</x:t>
+          <x:t>313,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>