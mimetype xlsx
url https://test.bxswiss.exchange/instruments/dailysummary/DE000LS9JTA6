--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb58fb8133ba49e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e2a9a9bb8bc4b70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd71558b2dda04165"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010848e8f60445b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c8adddd5143491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd71558b2dda04165" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdfdce01de6841bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010848e8f60445b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>