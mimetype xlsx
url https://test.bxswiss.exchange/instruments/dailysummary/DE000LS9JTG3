--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5e124a5ba424632" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2537dd2c67a94e1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf152a276dac54802"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd24291e2024fe8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fa305ef004547db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf152a276dac54802" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9830bbac7f2d4cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd24291e2024fe8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_concept1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>264,978</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>