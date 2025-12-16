--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7bc581f927c4d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5555c6789b4bd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R742816c44e96486a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cfda42bfb1f4231"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf87e17a3c8a4124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R742816c44e96486a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d8d7377c2f4dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cfda42bfb1f4231" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Evergreen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>83,483</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>