--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5555c6789b4bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf36a81c9639f4da7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cfda42bfb1f4231"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d82e7877cc946a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d8d7377c2f4dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cfda42bfb1f4231" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb38acfa9a0d7454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d82e7877cc946a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Evergreen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,323</x:t>
-[...333 lines deleted...]
-          <x:t>84,275</x:t>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>