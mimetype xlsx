--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8efa8aa8ef784c09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b212a0d90244cc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R026bb667dc584a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2067931a80b4f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f4c8b9ba21a456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R026bb667dc584a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93fe7e6f9ca54997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2067931a80b4f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrie 4.0 Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>280,310</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>280,690</x:t>
-[...215 lines deleted...]
-          <x:t>280,759</x:t>
+          <x:t>280,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>280,725</x:t>
-[...161 lines deleted...]
-          <x:t>280,620</x:t>
+          <x:t>280,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>