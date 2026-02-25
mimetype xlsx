--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b212a0d90244cc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra65ad1adcb6c4e74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2067931a80b4f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e852d98ef6a4ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93fe7e6f9ca54997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2067931a80b4f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0dfe873ee224582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e852d98ef6a4ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrie 4.0 Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>279,955</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,166</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>280,807</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>