--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refadf9a7c4214763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d3f1cac9f7043bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c0dd8e82fd4beb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd477402ff8b4c5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c479f355e0440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c0dd8e82fd4beb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R473473096a3c4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd477402ff8b4c5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTS_10Back</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>60,966</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,752</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>