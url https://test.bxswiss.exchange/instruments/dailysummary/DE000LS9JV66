--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1abe94703154e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b91615888124a3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb366154183e4840"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R093af1d3bc914ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb95728907ebc40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb366154183e4840" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf78964b862144b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R093af1d3bc914ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TechTrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>440,244</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>