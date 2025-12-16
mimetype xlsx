--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61483bc79b1f4471" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R766bfcd36bab44c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde87989b7afe4249"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924e64eb289843f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd217361283db4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde87989b7afe4249" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6651e34e852740c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924e64eb289843f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>globale Sündenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>194,010</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>