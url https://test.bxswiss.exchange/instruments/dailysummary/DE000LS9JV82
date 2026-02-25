--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R766bfcd36bab44c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50ac22d654e44e30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924e64eb289843f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db1de2c34b54c27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6651e34e852740c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924e64eb289843f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684c12829f714a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db1de2c34b54c27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>globale Sündenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>