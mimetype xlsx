--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5909a6a03ec4059" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404cb0c2465b4dbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23e6cd0ff6c47fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5049aea830b34357"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3668bc7842a64606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23e6cd0ff6c47fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe94de16d96e4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5049aea830b34357" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Robotic Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>130,504</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>