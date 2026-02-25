--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404cb0c2465b4dbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda5b89bde2cb4de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5049aea830b34357"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R524407ea40944776"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe94de16d96e4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5049aea830b34357" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re82bec0b4d6b4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R524407ea40944776" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Robotic Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>