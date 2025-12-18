--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R854dfe9936564103" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd767320fb981453c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4751d030fa0449e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e9ed1c767bb4036"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R307d942056da4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4751d030fa0449e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b72f39c1754920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e9ed1c767bb4036" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTX Trading Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>194,815</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>