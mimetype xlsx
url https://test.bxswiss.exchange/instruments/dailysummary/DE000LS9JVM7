--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd767320fb981453c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3a4b887017a474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e9ed1c767bb4036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75adde82010c40de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b72f39c1754920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e9ed1c767bb4036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e438c22e6664c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75adde82010c40de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTX Trading Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,893</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>188,620</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>