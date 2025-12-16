--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R901b14337bb841ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcee9ad6524f0482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb2dfab4212a46c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ac035c243ab40e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8206d1e782e34157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb2dfab4212a46c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ce228b1a034654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ac035c243ab40e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real-Estate-Werte &amp; Affine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>120,218</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>