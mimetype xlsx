--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcee9ad6524f0482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R831c073691bb4b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ac035c243ab40e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3978e0248a914dc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ce228b1a034654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ac035c243ab40e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b330e6612b94db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3978e0248a914dc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real-Estate-Werte &amp; Affine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>119,519</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,116</x:t>
-[...31 lines deleted...]
-          <x:t>121,470</x:t>
+          <x:t>120,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>