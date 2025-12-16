--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3267cbfd91540b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700e776001ff4e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc40ba20f6f314c93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79276c6f385c4629"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb4d7cf82274d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc40ba20f6f314c93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda022bef5bad4799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79276c6f385c4629" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Silicon Valley Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>298,527</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>