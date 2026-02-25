--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700e776001ff4e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re56dc21e1a5841cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79276c6f385c4629"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03893c4501e94b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda022bef5bad4799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79276c6f385c4629" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2313dbb310c048c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03893c4501e94b05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Silicon Valley Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...549 lines deleted...]
-          <x:t>289,504</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,016</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>283,711</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>