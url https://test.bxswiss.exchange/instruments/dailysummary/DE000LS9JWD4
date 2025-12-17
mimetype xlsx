--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0aa0afb5ca40a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R635fa46a1eb14255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d1efd4ab9944f2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96c0e309c164c4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794de0a30d69464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d1efd4ab9944f2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b5595990154514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96c0e309c164c4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,939</x:t>
-[...225 lines deleted...]
-          <x:t>176,018</x:t>
+          <x:t>176,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>