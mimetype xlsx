--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R635fa46a1eb14255" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9aebbd832243c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96c0e309c164c4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R553bcf69cbfc4ada"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b5595990154514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96c0e309c164c4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5d27a8193804d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R553bcf69cbfc4ada" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>174,721</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,437</x:t>
-[...485 lines deleted...]
-          <x:t>175,502</x:t>
+          <x:t>174,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>