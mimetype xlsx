--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra919c462e14b43f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00cef02ce41b4dc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9463ed114b4502"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc76be9125e464c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa99ef62b3054c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9463ed114b4502" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87750989784d429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc76be9125e464c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Gesundheitsforschung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>128,551</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>