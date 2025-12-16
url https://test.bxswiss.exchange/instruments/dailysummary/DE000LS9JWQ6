--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd921a9aaadf4b9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb541b49a624f9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39a2c5c8b4734222"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f56811d1414b16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4eb81d0f3b443d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39a2c5c8b4734222" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b5d10a1f1f44194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f56811d1414b16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marken- &amp; Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>222,806</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>