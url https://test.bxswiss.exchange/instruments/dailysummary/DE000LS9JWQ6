--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb541b49a624f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5549a06449c946c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f56811d1414b16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8af48104f66346fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b5d10a1f1f44194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f56811d1414b16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R858f0a9c747f40a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8af48104f66346fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marken- &amp; Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>247,923</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>247,831</x:t>
-[...566 lines deleted...]
-          <x:t>236,725</x:t>
+          <x:t>243,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>