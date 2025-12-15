--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8b4f474ca2440de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529293c8bcd84620" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc65d3d0b7c244e4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc47c04549554be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11be5dc5573243e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc65d3d0b7c244e4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074a09df620642fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc47c04549554be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>56,816</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>