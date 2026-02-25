--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529293c8bcd84620" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a10566f089a4c8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc47c04549554be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75290b4fc21d4a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074a09df620642fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc47c04549554be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re724fff375a74529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75290b4fc21d4a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,214</x:t>
-[...58 lines deleted...]
-          <x:t>62,520</x:t>
+          <x:t>64,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>64,504</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,211</x:t>
-[...301 lines deleted...]
-          <x:t>62,038</x:t>
+          <x:t>64,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>