--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc73e67a9b3ec491d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b515f09b69490a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f2b4ab732b04293"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcde72dad282b48f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e1cfde7e7a4970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f2b4ab732b04293" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8c5516689fa4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcde72dad282b48f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>150,025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>