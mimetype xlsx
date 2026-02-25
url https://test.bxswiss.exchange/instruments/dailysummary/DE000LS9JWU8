--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b515f09b69490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc821316af154030" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcde72dad282b48f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19acc0417c2445d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8c5516689fa4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcde72dad282b48f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb4afcc525394495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19acc0417c2445d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>