--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a52d8baab794049" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4845250b4149fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6e8964abfa4946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f4495a2b9c94781"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a9fc0f3fc554a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6e8964abfa4946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb2ea2125b4245e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f4495a2b9c94781" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Oil &amp; Gas High Quality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,560</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>