--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4845250b4149fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91f0eb3971a74968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f4495a2b9c94781"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2a6b2392c1d4afd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb2ea2125b4245e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f4495a2b9c94781" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31cd53d48ca440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2a6b2392c1d4afd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Oil &amp; Gas High Quality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...549 lines deleted...]
-          <x:t>135,752</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,374</x:t>
-[...26 lines deleted...]
-          <x:t>134,173</x:t>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>