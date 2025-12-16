--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff3f0f360b84c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1872d7ad544bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ec2cad5d6794f4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b068abdf114c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcfbde46b5984536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ec2cad5d6794f4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc60a2b1338d48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b068abdf114c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende seit über 100 Jahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>158,061</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>