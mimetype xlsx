--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1872d7ad544bcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48c1144cef34bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b068abdf114c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c1f6b1de4c04612"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc60a2b1338d48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b068abdf114c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c92d485ff934b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c1f6b1de4c04612" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende seit über 100 Jahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,682</x:t>
-[...387 lines deleted...]
-          <x:t>182,930</x:t>
+          <x:t>183,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>