--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R013ee3c65dba4bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc94157e1e814cfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c5746e7000431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c4db048650447e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R736d7719c99e4b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c5746e7000431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b505cec55214666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c4db048650447e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment Chance 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,819</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,948</x:t>
-[...48 lines deleted...]
-          <x:t>32,922</x:t>
+          <x:t>32,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,890</x:t>
-[...53 lines deleted...]
-          <x:t>32,846</x:t>
+          <x:t>32,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,869</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,974</x:t>
-[...63 lines deleted...]
-          <x:t>32,963</x:t>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>