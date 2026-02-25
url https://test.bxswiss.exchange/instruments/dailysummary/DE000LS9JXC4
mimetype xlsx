--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc94157e1e814cfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aa25ad497a44de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c4db048650447e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5753336426a4298"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b505cec55214666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c4db048650447e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8373e25e6f724fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5753336426a4298" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment Chance 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>32,720</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,667</x:t>
-[...21 lines deleted...]
-          <x:t>32,618</x:t>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,728</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>32,850</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,803</x:t>
-[...269 lines deleted...]
-          <x:t>32,879</x:t>
+          <x:t>32,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>