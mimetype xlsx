--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f12829ef4e7458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3d0703e0fcb42bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc493e8c83c7b42de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43cf8b8682104c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca7f1bbb82024659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc493e8c83c7b42de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5f0903911d649c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43cf8b8682104c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDEND Hub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,082</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>