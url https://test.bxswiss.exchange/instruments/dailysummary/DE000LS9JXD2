--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3d0703e0fcb42bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddad475cf56a4adf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43cf8b8682104c6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31310fca7b28422c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5f0903911d649c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43cf8b8682104c6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R797dab2f9c164402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31310fca7b28422c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDEND Hub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,591</x:t>
-[...279 lines deleted...]
-          <x:t>144,883</x:t>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>