--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb95080550e4107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c9f8142fd584104" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd12bb87f96564ad3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec6be37638c4185"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb556b77b65b74e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd12bb87f96564ad3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b1612bfd5604e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec6be37638c4185" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,389</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>148,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,663</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>149,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>