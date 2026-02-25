--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c9f8142fd584104" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3316d2f5961447dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec6be37638c4185"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R019295bb15724140"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b1612bfd5604e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec6be37638c4185" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28fa63ec0a7e42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R019295bb15724140" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>147,943</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,703</x:t>
-[...458 lines deleted...]
-          <x:t>148,663</x:t>
+          <x:t>147,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>