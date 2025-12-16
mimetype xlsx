--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e3ee89dc3224960" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5964b40fc80e4b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85e69ae63aa54a27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra884e2dcf33d4bf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1e75a9c744d4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85e69ae63aa54a27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4452e6c50f5d4241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra884e2dcf33d4bf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden mit Candlesticks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,239</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>