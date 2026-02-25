--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5964b40fc80e4b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb91920dfaa3a4590" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra884e2dcf33d4bf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d1b956a23246b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4452e6c50f5d4241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra884e2dcf33d4bf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfea630a22f44ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d1b956a23246b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden mit Candlesticks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>