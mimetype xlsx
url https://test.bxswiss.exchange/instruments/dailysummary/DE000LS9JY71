--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b7fafda235d421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70e2c664ee464cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafe7b9ab65054b31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c50195f2af2460c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca0608edfe5c4a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafe7b9ab65054b31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a3f20529aaa4219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c50195f2af2460c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tschackabumm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>254,012</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>