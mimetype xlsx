--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70e2c664ee464cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630750298aaf4bf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c50195f2af2460c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79ba02e7d5a746d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a3f20529aaa4219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c50195f2af2460c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07688c11b4149e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79ba02e7d5a746d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tschackabumm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>289,763</x:t>
-[...171 lines deleted...]
-          <x:t>282,584</x:t>
+          <x:t>289,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>