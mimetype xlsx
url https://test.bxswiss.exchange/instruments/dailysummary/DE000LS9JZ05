--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddff95deb904416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a25e049f374ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34bfa6409d2b40f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0265f6e0df745dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2910757b85e453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34bfa6409d2b40f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bbb5e1650454c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0265f6e0df745dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silber mag ich sehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZ05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>61,786</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>64,721</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>