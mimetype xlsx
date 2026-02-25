--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a25e049f374ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re86f8cf58d114486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0265f6e0df745dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ef5e49dc89b44ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bbb5e1650454c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0265f6e0df745dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf24729f5ff77471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ef5e49dc89b44ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silber mag ich sehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZ05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>