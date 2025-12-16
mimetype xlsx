--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e5a5846c8ee4469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d01df3a51e54032" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d02f458c5e74398"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc016fbbcf319412f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb416f8ab47804d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d02f458c5e74398" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a0eb0c491e47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc016fbbcf319412f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Quality Dividend Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>96,902</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>