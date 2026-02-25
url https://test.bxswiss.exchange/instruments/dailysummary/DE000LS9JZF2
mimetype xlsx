--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d01df3a51e54032" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra234238bb4bd4d6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc016fbbcf319412f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ff774493bd24b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a0eb0c491e47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc016fbbcf319412f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3b3d0d711b74988" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ff774493bd24b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Quality Dividend Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...463 lines deleted...]
-          <x:t>94,886</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,876</x:t>
-[...112 lines deleted...]
-          <x:t>96,150</x:t>
+          <x:t>95,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>