--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65c9939fa3044475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd38b29cc2044721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc3524e0642446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raac063a391f6434e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86ccbe3793784786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc3524e0642446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2131dcbde7bd4cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raac063a391f6434e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>484,229</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>