--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd38b29cc2044721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0121f6e2d0a84b0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raac063a391f6434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdde7bad05e54b18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2131dcbde7bd4cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raac063a391f6434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2733e81695e4c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdde7bad05e54b18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>