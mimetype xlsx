--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re35ab96b7fd146b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7281b49daea5421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R594105b54cea4f4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167db025d1e34dcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra059762e39ca4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R594105b54cea4f4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db0b4ff9da84e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167db025d1e34dcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,616</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>159,989</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>