--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7281b49daea5421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1086f923a3e49f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167db025d1e34dcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff294b50f55e405f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db0b4ff9da84e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167db025d1e34dcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb1856b3ac2a44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff294b50f55e405f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>158,455</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,515</x:t>
-[...409 lines deleted...]
-          <x:t>159,730</x:t>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>