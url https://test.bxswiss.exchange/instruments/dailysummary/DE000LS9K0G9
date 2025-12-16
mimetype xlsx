--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06fcd28afd4d471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce91b5ce78d4ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf0eafa2f42c4819"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d61d0fc06d48f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R933122dcd7e2413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf0eafa2f42c4819" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1edece232fca48f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d61d0fc06d48f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRENDRUN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0G9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.339,493</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.249,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.339,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.337,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.341,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.336,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.336,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.311,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.310,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.314,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.333,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.332,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>