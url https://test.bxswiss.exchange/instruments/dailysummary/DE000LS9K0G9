--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce91b5ce78d4ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e2451ad803046e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d61d0fc06d48f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ef8cf914dc4c4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1edece232fca48f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d61d0fc06d48f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7557de44b6e34f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ef8cf914dc4c4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRENDRUN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0G9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.314,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.333,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.312,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.332,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.314,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.310,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.333,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.336,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.341,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.333,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.332,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.307,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.314,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.311,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>