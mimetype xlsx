--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c9a1f20c01846eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d1e6778f5f45d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7bd58eb11f4263"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26d11734e4c84e54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref6e1ef1360e4c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7bd58eb11f4263" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ff58ba16c6452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26d11734e4c84e54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RS German Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>118,766</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,565</x:t>
-[...139 lines deleted...]
-          <x:t>119,247</x:t>
+          <x:t>119,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>