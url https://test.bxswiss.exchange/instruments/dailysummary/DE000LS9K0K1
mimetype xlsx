--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d1e6778f5f45d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9dd9fe91619448f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26d11734e4c84e54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9429110ca87b43d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ff58ba16c6452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26d11734e4c84e54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f907e82e01f48bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9429110ca87b43d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RS German Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...522 lines deleted...]
-          <x:t>121,455</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,085</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>