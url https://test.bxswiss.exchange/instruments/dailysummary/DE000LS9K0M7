--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9276e75e91ce44e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf29e532a93624f06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ac50cabd9a446fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e0042c282b4e95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2a3d8211f84fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ac50cabd9a446fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83963f0dc214e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e0042c282b4e95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zackbum Special</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>350,549</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>