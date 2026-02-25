--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf29e532a93624f06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6fedd873aa44175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e0042c282b4e95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f72e4b52f24129"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83963f0dc214e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e0042c282b4e95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R117e84da377e4194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f72e4b52f24129" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zackbum Special</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>350,708</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>350,113</x:t>
-[...247 lines deleted...]
-          <x:t>353,659</x:t>
+          <x:t>351,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>