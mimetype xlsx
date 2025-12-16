--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53e994f2f9a451c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8be6ea90239242f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7b5eb121d94497"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f08e658f1e432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb23a8ff6341445b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7b5eb121d94497" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3de4528e9824005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f08e658f1e432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- &amp; Newstrading Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>240,049</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>