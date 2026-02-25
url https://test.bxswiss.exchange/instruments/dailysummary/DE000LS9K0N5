--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8be6ea90239242f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5deb7819b8482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f08e658f1e432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e111413f2a54a02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3de4528e9824005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f08e658f1e432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d65b7852abc4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e111413f2a54a02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- &amp; Newstrading Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...549 lines deleted...]
-          <x:t>235,167</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>230,417</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>