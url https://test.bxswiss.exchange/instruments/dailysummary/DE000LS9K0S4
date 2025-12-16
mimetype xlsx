--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e159058f0549cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4eef0d121964bf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b78043113a4bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb33fcb38664c09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbe11303626a4dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b78043113a4bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b1ad77a3c324163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb33fcb38664c09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFF - Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0S4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>137,701</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,701</x:t>
-[...566 lines deleted...]
-          <x:t>136,485</x:t>
+          <x:t>137,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>