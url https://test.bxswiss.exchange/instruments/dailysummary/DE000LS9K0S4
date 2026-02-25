--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4eef0d121964bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5a13a538544cea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb33fcb38664c09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51980a67b4bd46cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b1ad77a3c324163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb33fcb38664c09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccf3538561504609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51980a67b4bd46cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFF - Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0S4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,642</x:t>
-[...279 lines deleted...]
-          <x:t>138,217</x:t>
+          <x:t>137,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>