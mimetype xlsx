--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb4ded783a56430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0293973a3b47db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfff4ce03d9943f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f79e48c6d204fe9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1419ba9e81354646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfff4ce03d9943f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc73b2795a3b04ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f79e48c6d204fe9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>72,142</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>72,492</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>