--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a864b721df94e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204090288d1446a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b765d8e38a46bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb102ceebedc14fea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930069dd8f1d4689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b765d8e38a46bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa6004e4ba4642ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb102ceebedc14fea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>I11L: Value Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,602</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>52,767</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,716</x:t>
-[...70 lines deleted...]
-          <x:t>52,642</x:t>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,571</x:t>
-[...274 lines deleted...]
-          <x:t>52,833</x:t>
+          <x:t>52,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>