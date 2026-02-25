--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204090288d1446a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7942fc1dec0b498c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb102ceebedc14fea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9104544451174a89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa6004e4ba4642ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb102ceebedc14fea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0a48fda2cd5412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9104544451174a89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>I11L: Value Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>52,443</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,358</x:t>
-[...458 lines deleted...]
-          <x:t>52,699</x:t>
+          <x:t>52,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>